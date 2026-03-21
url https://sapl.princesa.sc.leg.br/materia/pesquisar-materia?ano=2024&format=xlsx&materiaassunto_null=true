--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -54,474 +54,474 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Diangele Fabiele Marmitt</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/19/projeto_de_lei_01_pm_15.01_micro_educ.doc</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/19/projeto_de_lei_01_pm_15.01_micro_educ.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ALTERAÇÃO DA LEI ORÇAMENTÁRIA ANUAL ATRAVÉS DA ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE DA PREFEITURA MUNICIPAL E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/20/projeto_de_lei_02_reajuste_salarial_magisterio.docx</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/20/projeto_de_lei_02_reajuste_salarial_magisterio.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER REAJUSTE  DO PISO SALARIAL DOS SERVIDORES DO MAGISTÉRIO MUNICIPAL, ALTERA O ART. 1º DA LEI 609 DE 20 DE JUNHO DE 2011 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/</t>
+    <t>http://sapl.princesa.sc.leg.br/media/</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER REVISÃO GERAL ANUAL DA REMUNERAÇÃO AOS SERVIDORES PÚBLICOS DO MUNICÍPIO, EM VIRTUDE DO PROCESSO INFLACIONÁRIO DOS ÚLTIMOS 12 MESES E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Edilson Miguel  Volkweis</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/23/projeto_de_lei_-_altera_a_lei_n._884_de_13_de_junho_de_2017_1.docx</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/23/projeto_de_lei_-_altera_a_lei_n._884_de_13_de_junho_de_2017_1.docx</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 884, DE 13 DE JUNHO DE 2017, QUE INSTITUIU O CALENDÁRIO OFICIAL DE FESTIVIDADES DE ANIVERSÁRIO DO MUNICÍPIO DE PRINCESA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/24/projeto_de_lei_-_autoriza_realizar_despesas_com_cirurgias_eletivas_2024.docx</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/24/projeto_de_lei_-_autoriza_realizar_despesas_com_cirurgias_eletivas_2024.docx</t>
   </si>
   <si>
     <t>AUTORIZA EFETUAR DESPESAS COM CIRURGIAS ELETIVAS DE MÉDIA E ALTA COMPLEXIDADE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/28/projeto_de_lei_-_altera_a_lei_n._358_de_2007_auxilio_alimentacao_versao_final.docx</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/28/projeto_de_lei_-_altera_a_lei_n._358_de_2007_auxilio_alimentacao_versao_final.docx</t>
   </si>
   <si>
     <t>ALTERA O VALOR DO AUXÍLIO ALIMENTAÇÃO PREVISTO NA LEI 358, DE 18 DE MAIO DE 2007.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/33/projeto_de_lei_altera_lei_1.194_2023.docx</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/33/projeto_de_lei_altera_lei_1.194_2023.docx</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 1º DA LEI 1.194 DE 23 DE FEVEREIRO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>“AUTORIZA O MUNICÍPIO DE PRINCESA CELEBRAR CONVÊNIO COM O ESTADO DE SANTA CATARINA ATRAVÉS DO CORPO DE BOMBEIROS MILITAR E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/36/projeto_de_lei_fms_08.04.doc</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/36/projeto_de_lei_fms_08.04.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ALTERAÇÃO DA LEI ORÇAMENTÁRIA ANUAL ATRAVÉS DA ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE DO FUNDO MUNICIPAL DE SAÚDE DE PRINCESA E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/37/projeto_de_lei_convenio_repasses_policia_militar_2.docx</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/37/projeto_de_lei_convenio_repasses_policia_militar_2.docx</t>
   </si>
   <si>
     <t>“AUTORIZA O MUNICÍPIO DE PRINCESA CELEBRAR CONVÊNIO COM O ESTADO DE SANTA CATARINA, CUSTEAR AS DESPESAS PARA CONSTRUÇÃO DO NOVO DESTACAMENTO DA POLÍCIA MILITAR DE SANTA CATARINA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/38/projeto_de_lei_12_lei_orcamentaria.doc</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/38/projeto_de_lei_12_lei_orcamentaria.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ALTERAÇÃO DA LEI ORÇAMENTÁRIA ANUAL ATRAVÉS DA ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE DA PREFEITURA MUNICIPAL E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/62/projeto_de_lei_-_revoga_a_lei_360_de_2007.docx</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/62/projeto_de_lei_-_revoga_a_lei_360_de_2007.docx</t>
   </si>
   <si>
     <t>REVOGA A LEI Nº 360 DE 12 DE JUNHO DE 2007.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/74/15projeto_de_lei_-_rede_de_energia_17-06.docx</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/74/15projeto_de_lei_-_rede_de_energia_17-06.docx</t>
   </si>
   <si>
     <t>AUTORIZA A ALTERAÇÃO DA LEI ORÇAMENTÁRIA ANUAL ATRAVÉS DA ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE DA PREFEITURA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/75/16projeto_de_lei_-_casa_familiar_2024.docx</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/75/16projeto_de_lei_-_casa_familiar_2024.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR TERMO DE FOMENTO COM A ASSOCIAÇÃO DA CASA FAMILIAR RURAL DE SÃO JOSÉ DO CEDRO.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/76/17_projeto_de_lei_pm19.08.24_idosos_2.doc</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/76/17_projeto_de_lei_pm19.08.24_idosos_2.doc</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/77/18_projeto_de_lei_pm_19.08.24_2.doc</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/77/18_projeto_de_lei_pm_19.08.24_2.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ALTERAÇÃO DA LEI ORÇAMENTÁRIA ANUAL ATRAVÉS DA ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE DA PREFEITURA MUNICIPAL E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/78/19_projeto_de_lei_-_contribuicao_de_melhoria_-_projeto_1.docx</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/78/19_projeto_de_lei_-_contribuicao_de_melhoria_-_projeto_1.docx</t>
   </si>
   <si>
     <t>INSTITUI E AUTORIZA A COBRANÇA DE CONTRIBUIÇÃO DE MELHORIA DECORRENTES DE PAVIMENTAÇÃO ASFÁLTICA C.B.U.Q., EM RUAS DO PERÍMETRO URBANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/79/20_projeto_de_lei_contribuicao_de_melhoria_-_projeto_2.docx</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/79/20_projeto_de_lei_contribuicao_de_melhoria_-_projeto_2.docx</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/80/21_copia_de_projeto_de_lei_contribuicao_de_melhoria_-_projeto_3_1.docx</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/80/21_copia_de_projeto_de_lei_contribuicao_de_melhoria_-_projeto_3_1.docx</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/81/22projeto_de_lei_-_dispooe_sobre_o_regime_de_adiantamento.docx</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/81/22projeto_de_lei_-_dispooe_sobre_o_regime_de_adiantamento.docx</t>
   </si>
   <si>
     <t>DISPÕEM SOBRE A REALIZAÇÃO DE DESPESAS SOB O REGIME DE ADIANTAMENTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/82/23projeto_de_lei_-_alteracao_da_lei_orcamentaria_anual.docx</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/82/23projeto_de_lei_-_alteracao_da_lei_orcamentaria_anual.docx</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/84/24_projeto_de_lei_-_ldo_-_projeto_de_lei_2025.doc</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/84/24_projeto_de_lei_-_ldo_-_projeto_de_lei_2025.doc</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DO ANO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/85/25projeto_de_lei_-_cis_ameosc_2.docx</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/85/25projeto_de_lei_-_cis_ameosc_2.docx</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE PRINCESA RATIFICAR O CONTRATO DE CONSÓRCIO PÚBLICO DO CONSÓRCIO INTERMUNICIPAL DE SAÚDE DA AMEOSC – CIS/AMEOSC E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/87/26projeto_de_lei_-_pm_21.10.doc</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/87/26projeto_de_lei_-_pm_21.10.doc</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/88/27projeto_de_lei_-_fms_veiculos_21.10_2.doc</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/88/27projeto_de_lei_-_fms_veiculos_21.10_2.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ALTERAÇÃO DA LEI ORÇAMENTÁRIA ANUAL ATRAVÉS DA ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE DO FUNDO MUNICIPAL DE SAÚDE DE PRINCESA E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/89/28projeto_de_lei_-_lei__ppa_alteracao_1.doc</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/89/28projeto_de_lei_-_lei__ppa_alteracao_1.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO PLANO PLURIANUAL DO MUNICÍPIO DE PRINCESA, DO PERÍODO 2022/2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/90/29_projeto_de_lei-_loa.doc</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/90/29_projeto_de_lei-_loa.doc</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PRINCESA, SC, PARA O EXERCÍCIO DE 2025.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/92/31projeto_de_lei_-_orcamento_04-11.docx</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/92/31projeto_de_lei_-_orcamento_04-11.docx</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/93/32projeto_de_lei_-_orcamento_18-11.docx</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/93/32projeto_de_lei_-_orcamento_18-11.docx</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/94/33_projeto_de_lei_-_fms_16.12.doc</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/94/33_projeto_de_lei_-_fms_16.12.doc</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/95/34_projeto_de_lei_-_contribuicao_de_melhoria.docx</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/95/34_projeto_de_lei_-_contribuicao_de_melhoria.docx</t>
   </si>
   <si>
     <t>INSTITUI E AUTORIZA A COBRANÇA DE CONTRIBUIÇÃO DE MELHORIA DECORRENTES DE PAVIMENTAÇÃO COM PEDRAS IRREGULARES DE BASALTO, EM RUAS DO PERÍMETRO URBANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/96/35projeto_de_lei_-_pm_16.12.doc</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/96/35projeto_de_lei_-_pm_16.12.doc</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de lei complementar</t>
   </si>
   <si>
     <t>EXTINGUE E CRIA VAGAS DE CARGOS NA ESTRUTURA DOS PLANOS DE CARGOS, CARREIRAS E VENCIMENTOS DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/25/projeto_de_lei_-_altera_a_lc_94_de_2022__abono_assiduidade_versao_final.docx</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/25/projeto_de_lei_-_altera_a_lc_94_de_2022__abono_assiduidade_versao_final.docx</t>
   </si>
   <si>
     <t>ALTERA O VALOR DO ABONO ASSIDUIDADE PREVISTO NA LEI COMPLEMENTAR 94, DE 06 DE ABRIL DE 2022.</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/26/pl_plano_de_cargos_e_salarios__magisterio_versao_final.docx</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/26/pl_plano_de_cargos_e_salarios__magisterio_versao_final.docx</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE O PLANO DE CARGOS, CARREIRA E REMUNERAÇÃO PARA OS PROFISSIONAIS EM EDUCAÇÃO DO MAGISTÉRIO PÚBLICO DO MUNICÍPIO DE PRINCESA E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/27/estatuto_do_magisterio_versao_final_1.docx</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/27/estatuto_do_magisterio_versao_final_1.docx</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O ESTATUTO DOS PROFISSIONAIS EM EDUCAÇÃO DO MAGISTÉRIO PÚBLICO DO MUNICÍPIO DE PRINCESA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/73/projeto_de_lei_complementar_05_-_2024.pdf</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/73/projeto_de_lei_complementar_05_-_2024.pdf</t>
   </si>
   <si>
     <t>Faz alterações nos planos de cargos, carreiras e remunerações e no estatuto dos servidores públicos municipais, reforma vencimentos e atribuições de cargos, altera critérios para concessão de vantagens, e altera a lei complementar N. 24, de 30 de dezembro de 2014 e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/32/projeto_de_lei_-_altera_a_lei_comp.21_de_30_de_dezembro_de_2014_versao_final.docx</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/32/projeto_de_lei_-_altera_a_lei_comp.21_de_30_de_dezembro_de_2014_versao_final.docx</t>
   </si>
   <si>
     <t>ALTERA  O §1º DO ARTIGO 2º DA LEI COMPLEMENTAR Nº 21, DE 30 DE DEZEMBRO DE 2014</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/35/lc_altera_plano_de_cargos_e_salario_enfermeiro.docx</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/35/lc_altera_plano_de_cargos_e_salario_enfermeiro.docx</t>
   </si>
   <si>
     <t>CRIA VAGA DE ENFERMEIRO DE SAÚDE PÚBLICA NO QUADRO DE VAGAS DO PLANO DE CARGOS, CARREIRAS E VENCIMENTOS DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/39/08emenda_-codigo_sanitario1.docx</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/39/08emenda_-codigo_sanitario1.docx</t>
   </si>
   <si>
     <t>“INSTITUI O CÓDIGO SANITÁRIO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/83/09projeto_de_lei_complemenetar_-_altera_dispositivo_na_lei_complementar_-_altera_dispositivo_na_lei_complementar_no_055-2018.docx</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/83/09projeto_de_lei_complemenetar_-_altera_dispositivo_na_lei_complementar_-_altera_dispositivo_na_lei_complementar_no_055-2018.docx</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO NA LEI COMPLEMENTAR Nº 055/2018, QUE DISPÕE SOBRE REALIZAÇÃO DE EVENTOS DE COMÉRCIO EVENTUAL NO ÂMBITO DO MUNICÍPIO DE PRINCESA – SC E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/86/10projeto_de_lei_complemenetar_-_altera_ctn_postura_e_obras_notificacao_eletronica.docx</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/86/10projeto_de_lei_complemenetar_-_altera_ctn_postura_e_obras_notificacao_eletronica.docx</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR N. 18, DE 17 DE DEZEMBRO DE 2013, A LEI N. 548, DE 03 DE MAIO DE 2010 E A LEI N. 549, DE 03 DE MAIO DE 2010 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>VALDEMIRO GIEHL</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/17/indicacao-__valdemiro_a._giehl.docx</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/17/indicacao-__valdemiro_a._giehl.docx</t>
   </si>
   <si>
     <t>Solicita 5 cargas de cascalho para o senhor Vilson Dallo</t>
   </si>
   <si>
     <t>CLAUDIO NÓS</t>
   </si>
   <si>
-    <t>https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/18/indicacao-__claudemir_nos.docx</t>
+    <t>http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/18/indicacao-__claudemir_nos.docx</t>
   </si>
   <si>
     <t>Indica melhorias nas estradas secundarias do município, entrada do Cleo Zimmer até Elton Becker, vicinal Fumagali, vacinal na Linha Cruzeiro e no Basso que vai para Debora de Lara.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -828,68 +828,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/19/projeto_de_lei_01_pm_15.01_micro_educ.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/20/projeto_de_lei_02_reajuste_salarial_magisterio.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/23/projeto_de_lei_-_altera_a_lei_n._884_de_13_de_junho_de_2017_1.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/24/projeto_de_lei_-_autoriza_realizar_despesas_com_cirurgias_eletivas_2024.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/28/projeto_de_lei_-_altera_a_lei_n._358_de_2007_auxilio_alimentacao_versao_final.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/33/projeto_de_lei_altera_lei_1.194_2023.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/36/projeto_de_lei_fms_08.04.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/37/projeto_de_lei_convenio_repasses_policia_militar_2.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/38/projeto_de_lei_12_lei_orcamentaria.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/62/projeto_de_lei_-_revoga_a_lei_360_de_2007.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/74/15projeto_de_lei_-_rede_de_energia_17-06.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/75/16projeto_de_lei_-_casa_familiar_2024.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/76/17_projeto_de_lei_pm19.08.24_idosos_2.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/77/18_projeto_de_lei_pm_19.08.24_2.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/78/19_projeto_de_lei_-_contribuicao_de_melhoria_-_projeto_1.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/79/20_projeto_de_lei_contribuicao_de_melhoria_-_projeto_2.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/80/21_copia_de_projeto_de_lei_contribuicao_de_melhoria_-_projeto_3_1.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/81/22projeto_de_lei_-_dispooe_sobre_o_regime_de_adiantamento.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/82/23projeto_de_lei_-_alteracao_da_lei_orcamentaria_anual.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/84/24_projeto_de_lei_-_ldo_-_projeto_de_lei_2025.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/85/25projeto_de_lei_-_cis_ameosc_2.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/87/26projeto_de_lei_-_pm_21.10.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/88/27projeto_de_lei_-_fms_veiculos_21.10_2.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/89/28projeto_de_lei_-_lei__ppa_alteracao_1.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/90/29_projeto_de_lei-_loa.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/92/31projeto_de_lei_-_orcamento_04-11.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/93/32projeto_de_lei_-_orcamento_18-11.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/94/33_projeto_de_lei_-_fms_16.12.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/95/34_projeto_de_lei_-_contribuicao_de_melhoria.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/96/35projeto_de_lei_-_pm_16.12.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/25/projeto_de_lei_-_altera_a_lc_94_de_2022__abono_assiduidade_versao_final.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/26/pl_plano_de_cargos_e_salarios__magisterio_versao_final.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/27/estatuto_do_magisterio_versao_final_1.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/73/projeto_de_lei_complementar_05_-_2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/32/projeto_de_lei_-_altera_a_lei_comp.21_de_30_de_dezembro_de_2014_versao_final.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/35/lc_altera_plano_de_cargos_e_salario_enfermeiro.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/39/08emenda_-codigo_sanitario1.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/83/09projeto_de_lei_complemenetar_-_altera_dispositivo_na_lei_complementar_-_altera_dispositivo_na_lei_complementar_no_055-2018.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/86/10projeto_de_lei_complemenetar_-_altera_ctn_postura_e_obras_notificacao_eletronica.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/17/indicacao-__valdemiro_a._giehl.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/18/indicacao-__claudemir_nos.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/19/projeto_de_lei_01_pm_15.01_micro_educ.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/20/projeto_de_lei_02_reajuste_salarial_magisterio.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/23/projeto_de_lei_-_altera_a_lei_n._884_de_13_de_junho_de_2017_1.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/24/projeto_de_lei_-_autoriza_realizar_despesas_com_cirurgias_eletivas_2024.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/28/projeto_de_lei_-_altera_a_lei_n._358_de_2007_auxilio_alimentacao_versao_final.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/33/projeto_de_lei_altera_lei_1.194_2023.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/36/projeto_de_lei_fms_08.04.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/37/projeto_de_lei_convenio_repasses_policia_militar_2.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/38/projeto_de_lei_12_lei_orcamentaria.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/62/projeto_de_lei_-_revoga_a_lei_360_de_2007.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/74/15projeto_de_lei_-_rede_de_energia_17-06.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/75/16projeto_de_lei_-_casa_familiar_2024.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/76/17_projeto_de_lei_pm19.08.24_idosos_2.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/77/18_projeto_de_lei_pm_19.08.24_2.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/78/19_projeto_de_lei_-_contribuicao_de_melhoria_-_projeto_1.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/79/20_projeto_de_lei_contribuicao_de_melhoria_-_projeto_2.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/80/21_copia_de_projeto_de_lei_contribuicao_de_melhoria_-_projeto_3_1.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/81/22projeto_de_lei_-_dispooe_sobre_o_regime_de_adiantamento.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/82/23projeto_de_lei_-_alteracao_da_lei_orcamentaria_anual.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/84/24_projeto_de_lei_-_ldo_-_projeto_de_lei_2025.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/85/25projeto_de_lei_-_cis_ameosc_2.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/87/26projeto_de_lei_-_pm_21.10.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/88/27projeto_de_lei_-_fms_veiculos_21.10_2.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/89/28projeto_de_lei_-_lei__ppa_alteracao_1.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/90/29_projeto_de_lei-_loa.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/92/31projeto_de_lei_-_orcamento_04-11.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/93/32projeto_de_lei_-_orcamento_18-11.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/94/33_projeto_de_lei_-_fms_16.12.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/95/34_projeto_de_lei_-_contribuicao_de_melhoria.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/96/35projeto_de_lei_-_pm_16.12.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/25/projeto_de_lei_-_altera_a_lc_94_de_2022__abono_assiduidade_versao_final.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/26/pl_plano_de_cargos_e_salarios__magisterio_versao_final.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/27/estatuto_do_magisterio_versao_final_1.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/73/projeto_de_lei_complementar_05_-_2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/32/projeto_de_lei_-_altera_a_lei_comp.21_de_30_de_dezembro_de_2014_versao_final.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/35/lc_altera_plano_de_cargos_e_salario_enfermeiro.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/39/08emenda_-codigo_sanitario1.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/83/09projeto_de_lei_complemenetar_-_altera_dispositivo_na_lei_complementar_-_altera_dispositivo_na_lei_complementar_no_055-2018.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/86/10projeto_de_lei_complemenetar_-_altera_ctn_postura_e_obras_notificacao_eletronica.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/17/indicacao-__valdemiro_a._giehl.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.princesa.sc.leg.br/media/sapl/public/materialegislativa/2024/18/indicacao-__claudemir_nos.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="194.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="194" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>